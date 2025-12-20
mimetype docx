--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -4,1890 +4,1958 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00201331" w:rsidP="00201331" w:rsidRDefault="00201331" w14:paraId="211CF046" w14:textId="77777777">
+    <w:p w14:paraId="211CF046" w14:textId="77777777" w:rsidR="00201331" w:rsidRDefault="00201331" w:rsidP="00201331">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00201331" w:rsidP="00201331" w:rsidRDefault="00201331" w14:paraId="6E3A66BF" w14:textId="77777777">
+    <w:p w14:paraId="6E3A66BF" w14:textId="77777777" w:rsidR="00201331" w:rsidRDefault="00201331" w:rsidP="00201331">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>III.4.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00201331" w:rsidP="00201331" w:rsidRDefault="00201331" w14:paraId="5184ABDD" w14:textId="77777777">
+    <w:p w14:paraId="5184ABDD" w14:textId="77777777" w:rsidR="00201331" w:rsidRDefault="00201331" w:rsidP="00201331">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00E24AF4" w:rsidR="00201331" w:rsidP="00201331" w:rsidRDefault="00201331" w14:paraId="69C22E80" w14:textId="7A483A4D">
+    <w:p w14:paraId="69C22E80" w14:textId="7A483A4D" w:rsidR="00201331" w:rsidRPr="00E24AF4" w:rsidRDefault="00201331" w:rsidP="00201331">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766592">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Az államháztartás pénzeszközei felhasználásával, az államháztartáshoz tartozó vagyonnal történő gazdálkodással összefüggő, ötmillió forintot elérő vagy azt meghaladó értékű árubeszerzésre, építési beruházásra, szolgáltatás megrendelésre, vagyonértékesítésre, vagyonhasznosításra, vagyon vagy vagyoni értékű jog átadására, valamint koncesszióba adásra vonatkozó szerződések megnevezése (típusa), tárgya, a szerződést kötő felek neve, a szerződés értéke, határozott időre kötött szerződés esetében annak időtartama, valamint az említett adatok változásai, a védelmi és biztonsági célú beszerzések adatai és a minősített adatok, továbbá a közbeszerzésekről szóló 2015. évi CXLIII. törvény 9. § (1) bekezdés </w:t>
       </w:r>
       <w:r w:rsidRPr="00766592">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidRPr="00766592">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>pontja szerinti beszerzések és az azok eredmény</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">eként kötött szerződések adatai </w:t>
       </w:r>
       <w:r w:rsidRPr="00766592">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>kivételével</w:t>
       </w:r>
       <w:r w:rsidRPr="00766592">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>A szerződés értéke alatt a szerződés tárgyáért kikötött - általános forgalmi adó nélkül számított - ellenszolgáltatást kell érteni, ingyenes ügylet esetén a vagyon piaci vagy könyv szerinti értéke közül a magasabb összeget kell figyelembe venni. Az időszakonként visszatérő - egy évnél hosszabb időtartamra kötött - szerződéseknél az érték kiszámításakor az ellenszolgáltatás egy évre számított összegét kell alapul venni. Az egy költségvetési évben ugyanazon szerződő féllel kötött azonos tárgyú szerződések értékét egybe kell számítani</w:t>
       </w:r>
       <w:r w:rsidR="00594E51">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00201331" w:rsidP="00201331" w:rsidRDefault="00201331" w14:paraId="597ECFF2" w14:textId="77777777">
+    <w:p w14:paraId="597ECFF2" w14:textId="77777777" w:rsidR="00201331" w:rsidRDefault="00201331" w:rsidP="00201331">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Rcsostblzat"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00201331" w:rsidTr="47393495" w14:paraId="1719B30B" w14:textId="77777777">
+      <w:tr w:rsidR="00201331" w14:paraId="1719B30B" w14:textId="77777777" w:rsidTr="47393495">
         <w:trPr>
           <w:trHeight w:val="821"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00102A71" w:rsidR="00201331" w:rsidP="27B1166B" w:rsidRDefault="00201331" w14:paraId="70FC62E2" w14:textId="77777777">
+          <w:p w14:paraId="70FC62E2" w14:textId="77777777" w:rsidR="00201331" w:rsidRPr="00102A71" w:rsidRDefault="00201331" w:rsidP="27B1166B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A szerződés típusa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00102A71" w:rsidR="00201331" w:rsidP="27B1166B" w:rsidRDefault="00201331" w14:paraId="1D6A6E7E" w14:textId="77777777">
+          <w:p w14:paraId="1D6A6E7E" w14:textId="77777777" w:rsidR="00201331" w:rsidRPr="00102A71" w:rsidRDefault="00201331" w:rsidP="27B1166B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A szerződést kötő fél neve</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00102A71" w:rsidR="00201331" w:rsidP="27B1166B" w:rsidRDefault="00201331" w14:paraId="171D8AF4" w14:textId="77777777">
+          <w:p w14:paraId="171D8AF4" w14:textId="77777777" w:rsidR="00201331" w:rsidRPr="00102A71" w:rsidRDefault="00201331" w:rsidP="27B1166B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Szerződés tárgya</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00102A71" w:rsidR="00201331" w:rsidP="27B1166B" w:rsidRDefault="00201331" w14:paraId="63686870" w14:textId="77777777">
+          <w:p w14:paraId="63686870" w14:textId="77777777" w:rsidR="00201331" w:rsidRPr="00102A71" w:rsidRDefault="00201331" w:rsidP="27B1166B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A szerződés értéke</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00102A71" w:rsidR="00201331" w:rsidP="27B1166B" w:rsidRDefault="00201331" w14:paraId="377B7A90" w14:textId="77777777">
+          <w:p w14:paraId="377B7A90" w14:textId="77777777" w:rsidR="00201331" w:rsidRPr="00102A71" w:rsidRDefault="00201331" w:rsidP="27B1166B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A szerződés időtartama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="27B1166B" w:rsidTr="47393495" w14:paraId="17B61855" w14:textId="77777777">
-[...712 lines deleted...]
-      <w:tr w:rsidR="47393495" w:rsidTr="47393495" w14:paraId="00A074CF">
+      <w:tr w:rsidR="27B1166B" w14:paraId="17B61855" w14:textId="77777777" w:rsidTr="47393495">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:tcMar/>
-[...17 lines deleted...]
-              <w:t>Bérleti szerződés</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="3628A0C0" w14:textId="36802ADA" w:rsidR="775D826B" w:rsidRDefault="775D826B" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="27B1166B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vállalkozási szerződés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:tcMar/>
-[...17 lines deleted...]
-              <w:t>Magyar Agrár- és Élettudományi Egyetem</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="2F7C657B" w14:textId="4826036A" w:rsidR="775D826B" w:rsidRDefault="775D826B" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="27B1166B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CÉH Tervező, Beruházó és Fejlesztő Zrt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:tcMar/>
-[...48 lines deleted...]
-              <w:t>eszközbérlet</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="32FA31EC" w14:textId="12338896" w:rsidR="11452A79" w:rsidRDefault="11452A79" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="27B1166B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tervpályázati felhívás dokumentáció előkészítése az Egyetem új gödöllői campusára</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:tcMar/>
-[...33 lines deleted...]
-              <w:t>/hó</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="43CF4033" w14:textId="1ECD4884" w:rsidR="0F7676EE" w:rsidRDefault="0F7676EE" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="27B1166B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29.500.000 Ft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:tcMar/>
-[...17 lines deleted...]
-              <w:t>2024.02.01-től határozatlan ideig</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="288E3785" w14:textId="4B3EE987" w:rsidR="0F7676EE" w:rsidRDefault="0F7676EE" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="27B1166B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021.05.24 - </w:t>
+            </w:r>
+            <w:r w:rsidR="79E10806" w:rsidRPr="27B1166B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2021.08.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF670E" w:rsidTr="47393495" w14:paraId="03F55A56" w14:textId="77777777">
+      <w:tr w:rsidR="00932F0E" w14:paraId="59BD64FC" w14:textId="77777777" w:rsidTr="47393495">
         <w:trPr>
           <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="63DABBCE" w14:textId="36AFA362" w:rsidR="00932F0E" w:rsidRPr="27B1166B" w:rsidRDefault="00AF1B54" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Megbízási Szerződés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5963B516" w14:textId="054EF501" w:rsidR="00932F0E" w:rsidRPr="27B1166B" w:rsidRDefault="00AF1B54" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00650CED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cKinsey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B17A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B17A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B17A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Inc Hungary </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B17A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Magarországi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B17A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B17A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fióktelepe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6126F25E" w14:textId="3B6BCFF8" w:rsidR="00932F0E" w:rsidRPr="27B1166B" w:rsidRDefault="00CD1DE4" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pénzügyi átvilágítási tevékenység ellátása</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2CF723" w14:textId="0A307BEA" w:rsidR="00932F0E" w:rsidRPr="27B1166B" w:rsidRDefault="00CD1DE4" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>89.</w:t>
+            </w:r>
+            <w:r w:rsidR="0012423C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>995.000 Ft</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E11BE47" w14:textId="4F43020A" w:rsidR="00932F0E" w:rsidRPr="27B1166B" w:rsidRDefault="00381C68" w:rsidP="27B1166B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2021.</w:t>
+            </w:r>
+            <w:r w:rsidR="0073245B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">08.26-tól </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC1729">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>számított tíz hét</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A30A2" w14:paraId="0FF29220" w14:textId="77777777" w:rsidTr="47393495">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A99B9E" w14:textId="2709309A" w:rsidR="004A30A2" w:rsidRDefault="30D021B5" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Megbízási szerződés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC3F0C2" w14:textId="7CEF5D7F" w:rsidR="004A30A2" w:rsidRDefault="004A30A2" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Imre Ügyvédi Iroda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F8460E" w14:textId="13CED596" w:rsidR="004A30A2" w:rsidRDefault="080618C4" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Általános jogi feladatok ellátása</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A43910" w14:textId="1F868606" w:rsidR="004A30A2" w:rsidRDefault="0526B80C" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31.000 Ft + ÁFA/óra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="452DFA92" w14:textId="7104398D" w:rsidR="004A30A2" w:rsidRDefault="57F50BE5" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2021.06.29-től határozatlan ideig</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D2F50" w14:paraId="424F36A2" w14:textId="77777777" w:rsidTr="47393495">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D336C5" w14:textId="5D45C844" w:rsidR="002D2F50" w:rsidRDefault="002D2F50" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Megbízási Keretszerződés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E92B43" w14:textId="0397B03B" w:rsidR="002D2F50" w:rsidRDefault="002D2F50" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OTP </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hungaro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-Projekt Kft.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="612D8161" w14:textId="769750D8" w:rsidR="002D2F50" w:rsidRDefault="0DB6ED43" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Közbeszerzési szaktanácsadási- és a közbeszerzési eljárások lebonyolításával összefüggő feladatok ellátása</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29C9507D" w14:textId="77777777" w:rsidR="002D2F50" w:rsidRDefault="002D2F50" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B21949E" w14:textId="5E3ABA97" w:rsidR="002D2F50" w:rsidRDefault="0A762ACB" w:rsidP="004A30A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2021.09.01-től határozatlan</w:t>
+            </w:r>
+            <w:r w:rsidR="2582A452" w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ideig</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF670E" w14:paraId="36B5D8E4" w14:textId="77777777" w:rsidTr="47393495">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="490DCDB9" w14:textId="5ADE6E55" w:rsidR="00BF670E" w:rsidRDefault="008E1334" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bérleti szerződés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="319A0ED2" w14:textId="658E960B" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Magyar Agrár- és Élettudományi Egyetem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E37553E" w14:textId="2A1F11C5" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="27B1166B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Helyiségbérlet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BCE2C40" w14:textId="5D7F7EBF" w:rsidR="00BF670E" w:rsidRDefault="003F7BD3" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>450</w:t>
+            </w:r>
+            <w:r w:rsidR="1867C2D9" w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>000 Ft</w:t>
+            </w:r>
+            <w:r w:rsidR="025F8CD5" w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + ÁFA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/hó</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F846F7D" w14:textId="0509CA66" w:rsidR="00BF670E" w:rsidRDefault="003F7BD3" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2023.01.01-től-</w:t>
+            </w:r>
+            <w:r w:rsidR="62F77A21" w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2024.01.31-ig</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="47393495" w14:paraId="00A074CF" w14:textId="77777777" w:rsidTr="47393495">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8FBF36" w14:textId="05FC822F" w:rsidR="62F77A21" w:rsidRDefault="62F77A21" w:rsidP="47393495">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bérleti szerződés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C78219" w14:textId="670C41A4" w:rsidR="62F77A21" w:rsidRDefault="62F77A21" w:rsidP="47393495">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Magyar Agrár- és Élettudományi Egyetem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A8C26B" w14:textId="5379ABF6" w:rsidR="62F77A21" w:rsidRDefault="62F77A21" w:rsidP="47393495">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Iroda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="hu-HU"/>
+              </w:rPr>
+              <w:t>és</w:t>
+            </w:r>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="hu-HU"/>
+              </w:rPr>
+              <w:t>eszközbérlet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6E957D" w14:textId="62319E94" w:rsidR="62F77A21" w:rsidRDefault="62F77A21" w:rsidP="47393495">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>753.299 Ft</w:t>
+            </w:r>
+            <w:r w:rsidR="14AC892A" w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + ÁFA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/hó</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDC5444" w14:textId="47000F2A" w:rsidR="62F77A21" w:rsidRDefault="62F77A21" w:rsidP="47393495">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2024.02.01-től határozatlan ideig</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF670E" w14:paraId="03F55A56" w14:textId="77777777" w:rsidTr="47393495">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BD5F0B" w14:textId="1FD9969B" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="27B1166B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vállalkozási szerződés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F26D9B" w14:textId="2AC98745" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Magyar Agrár- és Élettudományi Egyetem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:tcMar/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="273A9B29" w14:textId="378CA9E7" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">A Magyar </w:t>
             </w:r>
-            <w:r w:rsidRPr="47393495" w:rsidR="00BF670E">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="hu-HU"/>
               </w:rPr>
-              <w:t>katonai</w:t>
-[...4 lines deleted...]
-                <w:noProof w:val="0"/>
+              <w:t xml:space="preserve">katonai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Meal Ready to Eat – MRE) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="hu-HU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...98 lines deleted...]
-              <w:t>tesztelése</w:t>
+              <w:t>élelmiszercsomag prototípus tervezése, gyártása, tesztelése</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CE2A31" w14:textId="52B440B8" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>46.000.000 Ft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BA8BC9" w14:textId="00D1FA09" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025.01.01 - 2026.06.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF670E" w:rsidTr="47393495" w14:paraId="3421C410" w14:textId="77777777">
+      <w:tr w:rsidR="00BF670E" w14:paraId="3421C410" w14:textId="77777777" w:rsidTr="47393495">
         <w:trPr>
           <w:trHeight w:val="273"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF66079" w14:textId="7FBABB0A" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vállalkozási szerződés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="39DFD3A1" w14:textId="3DF50D44" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CSABA-ABLAK Kft.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="1116A5F7" w14:textId="186A2AF9" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gödöllői kastély nyílászáróinak felújítása</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE9C07C" w14:textId="2035C8FC" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>131.020.000 Ft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8A2107" w14:textId="0710D686" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025.05.13 - 2025.11.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF670E" w:rsidTr="47393495" w14:paraId="0DECFC20" w14:textId="77777777">
+      <w:tr w:rsidR="00BF670E" w14:paraId="0DECFC20" w14:textId="77777777" w:rsidTr="47393495">
         <w:trPr>
           <w:trHeight w:val="273"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6B6E56" w14:textId="0077A57F" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tervezési szerződés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A748886" w14:textId="0491F7CE" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Középülettervező Zrt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:tcMar/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A647C1" w14:textId="2C4C9F89" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Előkészítő tanulmányterv készítése</w:t>
             </w:r>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="27B1166B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>költségbecsléssel „A Gödöllői Királyi Kastély fejlesztése” c. projekthez kapcsolódóan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:tcMar/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1BB777" w14:textId="0F45DAD3" w:rsidR="00BF670E" w:rsidRDefault="00BF670E" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.200.000 Ft</w:t>
             </w:r>
-            <w:r w:rsidRPr="47393495" w:rsidR="5E11D47E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="5E11D47E" w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> + ÁFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:tcMar/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5A2FEA" w14:textId="7D1AF667" w:rsidR="00BF670E" w:rsidRDefault="32E44F44" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47393495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025. június 18-tól számított 10 munkanap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B973CC" w14:paraId="0D1CEE19" w14:textId="77777777" w:rsidTr="47393495">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0471E169" w14:textId="3728F18B" w:rsidR="00B973CC" w:rsidRPr="27B1166B" w:rsidRDefault="00B973CC" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Megbízási szerződés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE126DA" w14:textId="446F8F47" w:rsidR="00B973CC" w:rsidRPr="27B1166B" w:rsidRDefault="00B973CC" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Horwath</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HTL Kft.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9C4B65" w14:textId="0EC6165A" w:rsidR="00B973CC" w:rsidRPr="27B1166B" w:rsidRDefault="00B973CC" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Megvalósíthatósági és fejlesztési koncepció tanulmány</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56051F22" w14:textId="092C994E" w:rsidR="00B973CC" w:rsidRPr="47393495" w:rsidRDefault="00B973CC" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.600.000 Ft + ÁFA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D883318" w14:textId="4AEDE285" w:rsidR="00B973CC" w:rsidRPr="47393495" w:rsidRDefault="00B973CC" w:rsidP="00BF670E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025.09.29</w:t>
+            </w:r>
+            <w:r w:rsidR="000A5EC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-ét követő 40 munkanap</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="47393495" w:rsidRDefault="47393495" w14:paraId="72C19086" w14:textId="13D94F99"/>
-    <w:p w:rsidR="00201331" w:rsidP="00201331" w:rsidRDefault="00201331" w14:paraId="1774B51E" w14:textId="77777777">
+    <w:p w14:paraId="72C19086" w14:textId="13D94F99" w:rsidR="47393495" w:rsidRDefault="47393495"/>
+    <w:p w14:paraId="1774B51E" w14:textId="77777777" w:rsidR="00201331" w:rsidRDefault="00201331" w:rsidP="00201331">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD0EAF" w:rsidRDefault="00DD0EAF" w14:paraId="2793306F" w14:textId="77777777"/>
+    <w:p w14:paraId="2793306F" w14:textId="77777777" w:rsidR="00DD0EAF" w:rsidRDefault="00DD0EAF"/>
     <w:sectPr w:rsidR="00DD0EAF" w:rsidSect="00792208">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16834" w:h="11909" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00754A3E" w:rsidP="000B4816" w:rsidRDefault="00754A3E" w14:paraId="6C17B92C" w14:textId="77777777">
+    <w:p w14:paraId="6C17B92C" w14:textId="77777777" w:rsidR="00754A3E" w:rsidRDefault="00754A3E" w:rsidP="000B4816">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00754A3E" w:rsidP="000B4816" w:rsidRDefault="00754A3E" w14:paraId="406539E0" w14:textId="77777777">
+    <w:p w14:paraId="406539E0" w14:textId="77777777" w:rsidR="00754A3E" w:rsidRDefault="00754A3E" w:rsidP="000B4816">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00754A3E" w:rsidP="000B4816" w:rsidRDefault="00754A3E" w14:paraId="686FB25F" w14:textId="77777777">
+    <w:p w14:paraId="686FB25F" w14:textId="77777777" w:rsidR="00754A3E" w:rsidRDefault="00754A3E" w:rsidP="000B4816">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00754A3E" w:rsidP="000B4816" w:rsidRDefault="00754A3E" w14:paraId="40A20837" w14:textId="77777777">
+    <w:p w14:paraId="40A20837" w14:textId="77777777" w:rsidR="00754A3E" w:rsidRDefault="00754A3E" w:rsidP="000B4816">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00563347" w:rsidP="000849F8" w:rsidRDefault="000B4816" w14:paraId="73550F3F" w14:textId="4E19343C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="73550F3F" w14:textId="4E19343C" w:rsidR="00563347" w:rsidRDefault="000B4816" w:rsidP="000849F8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BC449D5" wp14:editId="72015A10">
           <wp:extent cx="1560830" cy="768350"/>
           <wp:effectExtent l="0" t="0" r="1270" b="0"/>
           <wp:docPr id="3" name="Kép 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1906,123 +1974,125 @@
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1560830" cy="768350"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="000B4816" w:rsidP="000849F8" w:rsidRDefault="000B4816" w14:paraId="37F5B531" w14:textId="0248BA0B">
+  <w:p w14:paraId="37F5B531" w14:textId="0248BA0B" w:rsidR="000B4816" w:rsidRDefault="000B4816" w:rsidP="000849F8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="000B4816" w:rsidP="000849F8" w:rsidRDefault="000B4816" w14:paraId="7B3BDE64" w14:textId="77777777">
+  <w:p w14:paraId="7B3BDE64" w14:textId="77777777" w:rsidR="000B4816" w:rsidRDefault="000B4816" w:rsidP="000849F8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00201331"/>
+    <w:rsid w:val="000A5EC0"/>
     <w:rsid w:val="000B4816"/>
     <w:rsid w:val="0012423C"/>
     <w:rsid w:val="00181E9F"/>
     <w:rsid w:val="00201331"/>
     <w:rsid w:val="002D2F50"/>
     <w:rsid w:val="00335784"/>
     <w:rsid w:val="00381C68"/>
     <w:rsid w:val="003F7BD3"/>
     <w:rsid w:val="004A30A2"/>
     <w:rsid w:val="005917C2"/>
     <w:rsid w:val="00594E51"/>
     <w:rsid w:val="00650CED"/>
     <w:rsid w:val="0073245B"/>
     <w:rsid w:val="00754A3E"/>
     <w:rsid w:val="008E1334"/>
     <w:rsid w:val="00932F0E"/>
     <w:rsid w:val="00A47BF1"/>
     <w:rsid w:val="00AF1B54"/>
     <w:rsid w:val="00B17A4B"/>
+    <w:rsid w:val="00B973CC"/>
     <w:rsid w:val="00BF62FF"/>
     <w:rsid w:val="00BF670E"/>
     <w:rsid w:val="00CD1DE4"/>
     <w:rsid w:val="00DD0EAF"/>
     <w:rsid w:val="00FC1729"/>
     <w:rsid w:val="0247A523"/>
     <w:rsid w:val="025F8CD5"/>
     <w:rsid w:val="035B41BE"/>
     <w:rsid w:val="0526B80C"/>
     <w:rsid w:val="05A7506B"/>
     <w:rsid w:val="080618C4"/>
     <w:rsid w:val="0A762ACB"/>
     <w:rsid w:val="0DB6ED43"/>
     <w:rsid w:val="0E43ABA4"/>
     <w:rsid w:val="0F7676EE"/>
     <w:rsid w:val="11452A79"/>
     <w:rsid w:val="13D1B6D8"/>
     <w:rsid w:val="148F9B38"/>
     <w:rsid w:val="14AC892A"/>
     <w:rsid w:val="1867C2D9"/>
     <w:rsid w:val="1A7D2571"/>
     <w:rsid w:val="1A8AD713"/>
     <w:rsid w:val="1B06D950"/>
     <w:rsid w:val="1D3D2273"/>
     <w:rsid w:val="2040BA8B"/>
@@ -2065,149 +2135,149 @@
     <w:rsid w:val="6A47D134"/>
     <w:rsid w:val="6B9CEF0E"/>
     <w:rsid w:val="702C9DED"/>
     <w:rsid w:val="734B711B"/>
     <w:rsid w:val="775D826B"/>
     <w:rsid w:val="788CC25A"/>
     <w:rsid w:val="79E10806"/>
     <w:rsid w:val="7C638A84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5F7A383A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{61E9ED1D-5C1A-4DC5-9638-5293EEE35DCD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hu-HU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2363,52 +2433,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2475,190 +2545,191 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Norml" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00201331"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:lang w:val="hu" w:eastAsia="hu-HU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Bekezdsalapbettpusa" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normltblzat" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Nemlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Rcsostblzat">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normltblzat"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00201331"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:lang w:val="hu" w:eastAsia="hu-HU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="lfej">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Norml"/>
-    <w:link w:val="lfejChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B4816"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="lfejChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="lfej"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000B4816"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:lang w:val="hu" w:eastAsia="hu-HU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="llb">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Norml"/>
-    <w:link w:val="llbChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B4816"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="llbChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="llb"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000B4816"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:lang w:val="hu" w:eastAsia="hu-HU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office-téma">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -2925,51 +2996,73 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D612E3D8-4AE1-4BA5-B023-9D206B4861DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>390</Words>
+  <Characters>2692</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3076</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vulczné Villányi Kinga</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Diós Annamária</lastModifiedBy>
-  <revision>26</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>