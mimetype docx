--- v0 (2026-02-23)
+++ v1 (2026-03-15)
@@ -925,270 +925,180 @@
     </w:p>
     <w:p w14:paraId="6322549B" w14:textId="6E226B14" w:rsidR="00AD714E" w:rsidRPr="00C60C81" w:rsidRDefault="00AD714E" w:rsidP="00D96813">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C60C81">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Hosszú távú és biztos munkalehetőség Magyarország egyik legnagyobb egyeteménél</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056063B2" w14:textId="435B1DBA" w:rsidR="00AD714E" w:rsidRPr="00C60C81" w:rsidRDefault="00AD714E" w:rsidP="00D96813">
+    <w:p w14:paraId="56B944E7" w14:textId="459538F6" w:rsidR="00D96813" w:rsidRPr="00C60C81" w:rsidRDefault="00D96813" w:rsidP="00D96813">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C60C81">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>Heti egy nap home-office munkalehetőség</w:t>
+        <w:t>Cafet</w:t>
+      </w:r>
+      <w:r w:rsidR="004C665F" w:rsidRPr="00C60C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C60C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>ria (SZÉP kártya)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B944E7" w14:textId="459538F6" w:rsidR="00D96813" w:rsidRPr="00C60C81" w:rsidRDefault="00D96813" w:rsidP="00D96813">
+    <w:p w14:paraId="1C9531AE" w14:textId="77777777" w:rsidR="00D96813" w:rsidRPr="00C60C81" w:rsidRDefault="00D96813" w:rsidP="00D96813">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C60C81">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>Cafet</w:t>
-[...17 lines deleted...]
-        <w:t>ria (SZÉP kártya)</w:t>
+        <w:t>Változatos feladatok</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9531AE" w14:textId="77777777" w:rsidR="00D96813" w:rsidRPr="00C60C81" w:rsidRDefault="00D96813" w:rsidP="00D96813">
+    <w:p w14:paraId="229F98EF" w14:textId="3FDB40E5" w:rsidR="00D96813" w:rsidRPr="00C60C81" w:rsidRDefault="00D96813" w:rsidP="00D96813">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C60C81">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>Változatos feladatok</w:t>
+        <w:t>Kiváló</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04305" w:rsidRPr="00C60C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>, támogató</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C60C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> munkahelyi légkör, csapatmunka</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229F98EF" w14:textId="3FDB40E5" w:rsidR="00D96813" w:rsidRPr="00C60C81" w:rsidRDefault="00D96813" w:rsidP="00D96813">
+    <w:p w14:paraId="5FBACF8E" w14:textId="227467FE" w:rsidR="00D96813" w:rsidRPr="00C60C81" w:rsidRDefault="00D96813" w:rsidP="00D96813">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C60C81">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>Kiváló</w:t>
-[...40 lines deleted...]
-        </w:rPr>
         <w:t>Utazási költségtérítés</w:t>
-      </w:r>
-[...64 lines deleted...]
-        <w:t xml:space="preserve"> biztosítása</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516F6678" w14:textId="53272C45" w:rsidR="00D96813" w:rsidRPr="00C60C81" w:rsidRDefault="00D96813" w:rsidP="00D96813">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C60C81">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Üdülési, sportolási lehetőségek</w:t>
       </w:r>
@@ -5063,160 +4973,164 @@
     <w:rsid w:val="0024199B"/>
     <w:rsid w:val="00254F61"/>
     <w:rsid w:val="00280A26"/>
     <w:rsid w:val="00293A7B"/>
     <w:rsid w:val="002971CE"/>
     <w:rsid w:val="002A2822"/>
     <w:rsid w:val="002B05E4"/>
     <w:rsid w:val="002C20B9"/>
     <w:rsid w:val="002D5393"/>
     <w:rsid w:val="003063FD"/>
     <w:rsid w:val="003227F9"/>
     <w:rsid w:val="003560D0"/>
     <w:rsid w:val="003567A6"/>
     <w:rsid w:val="00366CFB"/>
     <w:rsid w:val="00380C52"/>
     <w:rsid w:val="00381B1D"/>
     <w:rsid w:val="00390734"/>
     <w:rsid w:val="00393E41"/>
     <w:rsid w:val="00394A7C"/>
     <w:rsid w:val="00394DD7"/>
     <w:rsid w:val="003B3327"/>
     <w:rsid w:val="003C28FC"/>
     <w:rsid w:val="003D296D"/>
     <w:rsid w:val="003E0C3B"/>
     <w:rsid w:val="003F0E7A"/>
+    <w:rsid w:val="00411B28"/>
     <w:rsid w:val="00443F02"/>
     <w:rsid w:val="00447567"/>
     <w:rsid w:val="004614CC"/>
     <w:rsid w:val="00471906"/>
     <w:rsid w:val="004A1B98"/>
     <w:rsid w:val="004A2350"/>
     <w:rsid w:val="004B10ED"/>
     <w:rsid w:val="004C665F"/>
     <w:rsid w:val="004D11CC"/>
     <w:rsid w:val="004F4EE0"/>
     <w:rsid w:val="00506244"/>
     <w:rsid w:val="00507CD7"/>
     <w:rsid w:val="0051246C"/>
     <w:rsid w:val="00524BAF"/>
     <w:rsid w:val="005670B8"/>
     <w:rsid w:val="00581C22"/>
     <w:rsid w:val="005910C0"/>
     <w:rsid w:val="005A2071"/>
     <w:rsid w:val="005C372A"/>
     <w:rsid w:val="005C6B28"/>
     <w:rsid w:val="005D2964"/>
     <w:rsid w:val="005E0CD0"/>
     <w:rsid w:val="005E5735"/>
     <w:rsid w:val="005F7798"/>
     <w:rsid w:val="00655A4F"/>
     <w:rsid w:val="006A6ABC"/>
     <w:rsid w:val="006B2CDA"/>
     <w:rsid w:val="0070278E"/>
     <w:rsid w:val="007553D7"/>
     <w:rsid w:val="007663C3"/>
     <w:rsid w:val="007804CC"/>
     <w:rsid w:val="00791368"/>
     <w:rsid w:val="00791C28"/>
     <w:rsid w:val="007966B9"/>
+    <w:rsid w:val="007B1610"/>
     <w:rsid w:val="007B5AAA"/>
     <w:rsid w:val="007D5A99"/>
     <w:rsid w:val="0080158A"/>
     <w:rsid w:val="00804D12"/>
     <w:rsid w:val="008116E6"/>
     <w:rsid w:val="00826440"/>
     <w:rsid w:val="008425A7"/>
     <w:rsid w:val="00854993"/>
     <w:rsid w:val="008A050F"/>
     <w:rsid w:val="008E135E"/>
     <w:rsid w:val="008E395B"/>
     <w:rsid w:val="00904B02"/>
     <w:rsid w:val="009676C8"/>
     <w:rsid w:val="009759EC"/>
     <w:rsid w:val="00981C6D"/>
     <w:rsid w:val="00983BD3"/>
     <w:rsid w:val="00984E89"/>
     <w:rsid w:val="0099571E"/>
     <w:rsid w:val="009961BF"/>
     <w:rsid w:val="00996935"/>
     <w:rsid w:val="009A5229"/>
     <w:rsid w:val="009C363E"/>
     <w:rsid w:val="009C3FA5"/>
     <w:rsid w:val="009C4A36"/>
     <w:rsid w:val="009C4A70"/>
     <w:rsid w:val="009C4EA4"/>
     <w:rsid w:val="009D0ED1"/>
     <w:rsid w:val="009D29C7"/>
     <w:rsid w:val="009E7983"/>
     <w:rsid w:val="009F081E"/>
     <w:rsid w:val="00A03F96"/>
     <w:rsid w:val="00A06EBD"/>
     <w:rsid w:val="00A16ED9"/>
     <w:rsid w:val="00A34307"/>
     <w:rsid w:val="00A53DA7"/>
     <w:rsid w:val="00A57F45"/>
     <w:rsid w:val="00A8464A"/>
     <w:rsid w:val="00A91609"/>
     <w:rsid w:val="00AB18D0"/>
     <w:rsid w:val="00AD5FF4"/>
     <w:rsid w:val="00AD714E"/>
     <w:rsid w:val="00AE79A1"/>
     <w:rsid w:val="00AF7748"/>
     <w:rsid w:val="00B04305"/>
     <w:rsid w:val="00B6793B"/>
     <w:rsid w:val="00B81265"/>
     <w:rsid w:val="00B97B43"/>
+    <w:rsid w:val="00BA7FD3"/>
     <w:rsid w:val="00BB2023"/>
     <w:rsid w:val="00BB5CC5"/>
     <w:rsid w:val="00BD0E18"/>
     <w:rsid w:val="00BD2634"/>
     <w:rsid w:val="00BD5388"/>
     <w:rsid w:val="00BE521F"/>
     <w:rsid w:val="00BF5BB8"/>
     <w:rsid w:val="00C00EEE"/>
     <w:rsid w:val="00C123B5"/>
     <w:rsid w:val="00C2570E"/>
     <w:rsid w:val="00C41617"/>
     <w:rsid w:val="00C41D16"/>
     <w:rsid w:val="00C46405"/>
     <w:rsid w:val="00C556AF"/>
     <w:rsid w:val="00C60C81"/>
     <w:rsid w:val="00C61A40"/>
     <w:rsid w:val="00C6634C"/>
     <w:rsid w:val="00C70B5C"/>
     <w:rsid w:val="00C73759"/>
     <w:rsid w:val="00C85E2C"/>
     <w:rsid w:val="00C930E7"/>
     <w:rsid w:val="00CD2152"/>
     <w:rsid w:val="00CD36D7"/>
     <w:rsid w:val="00CF1B0A"/>
     <w:rsid w:val="00D073A6"/>
     <w:rsid w:val="00D35350"/>
     <w:rsid w:val="00D459D2"/>
     <w:rsid w:val="00D5065D"/>
     <w:rsid w:val="00D62B03"/>
+    <w:rsid w:val="00D92B9E"/>
     <w:rsid w:val="00D95413"/>
     <w:rsid w:val="00D96813"/>
     <w:rsid w:val="00DA1AA3"/>
     <w:rsid w:val="00DA734A"/>
     <w:rsid w:val="00DB44BA"/>
     <w:rsid w:val="00DB44E6"/>
     <w:rsid w:val="00DC7CB2"/>
     <w:rsid w:val="00DD1C1A"/>
     <w:rsid w:val="00DE6AEA"/>
     <w:rsid w:val="00DF0D2B"/>
     <w:rsid w:val="00E1700A"/>
     <w:rsid w:val="00E2260D"/>
     <w:rsid w:val="00E24FEF"/>
     <w:rsid w:val="00E41803"/>
     <w:rsid w:val="00E42710"/>
     <w:rsid w:val="00E5376A"/>
     <w:rsid w:val="00E80C08"/>
     <w:rsid w:val="00E81A7E"/>
     <w:rsid w:val="00EB7E03"/>
     <w:rsid w:val="00EC2307"/>
     <w:rsid w:val="00EC3402"/>
     <w:rsid w:val="00EC382B"/>
     <w:rsid w:val="00EE28B9"/>
     <w:rsid w:val="00EF012B"/>
     <w:rsid w:val="00F1677F"/>
@@ -6116,69 +6030,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>353</Words>
-  <Characters>2437</Characters>
+  <Words>334</Words>
+  <Characters>2307</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2785</CharactersWithSpaces>
+  <CharactersWithSpaces>2636</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dr. Varga Zsolt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>